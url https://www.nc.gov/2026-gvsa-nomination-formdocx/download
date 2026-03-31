--- v0 (2025-10-31)
+++ v1 (2026-03-31)
@@ -33,62 +33,62 @@
         <w:ind w:left="4296"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="671D4FFF" w14:textId="031F68DF" w:rsidR="00DE02CB" w:rsidRPr="00DB3C5A" w:rsidRDefault="006F361E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0"/>
         <w:ind w:left="4296"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB3C5A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0197DB42" wp14:editId="1CADCC52">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0197DB42" wp14:editId="71471BAC">
             <wp:extent cx="629920" cy="637048"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1" name="image1.png"/>
+            <wp:docPr id="1" name="image1.png" descr="State of NC seal"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="2" name="image1.png"/>
+                    <pic:cNvPr id="1" name="image1.png" descr="State of NC seal"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="647805" cy="655135"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A92C738" w14:textId="77777777" w:rsidR="00DE02CB" w:rsidRPr="00DB3C5A" w:rsidRDefault="00DE02CB">
@@ -19282,58 +19282,58 @@
       <w:pPr>
         <w:ind w:left="990"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">MEMBER 9 </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F25E8B" w:rsidRPr="00DB3C5A" w:rsidSect="00A54E8E">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1460" w:right="1300" w:bottom="280" w:left="1320" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2B19120C" w14:textId="77777777" w:rsidR="000147EE" w:rsidRDefault="000147EE" w:rsidP="000147EE">
+    <w:p w14:paraId="4420A613" w14:textId="77777777" w:rsidR="001558C5" w:rsidRDefault="001558C5" w:rsidP="000147EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="35B01C60" w14:textId="77777777" w:rsidR="000147EE" w:rsidRDefault="000147EE" w:rsidP="000147EE">
+    <w:p w14:paraId="3850B57D" w14:textId="77777777" w:rsidR="001558C5" w:rsidRDefault="001558C5" w:rsidP="000147EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Microsoft Sans Serif">
     <w:altName w:val="Microsoft Sans Serif"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E5002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -19342,58 +19342,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1231477E" w14:textId="77777777" w:rsidR="000147EE" w:rsidRDefault="000147EE" w:rsidP="000147EE">
+    <w:p w14:paraId="3AAF4EC2" w14:textId="77777777" w:rsidR="001558C5" w:rsidRDefault="001558C5" w:rsidP="000147EE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64F5008E" w14:textId="77777777" w:rsidR="000147EE" w:rsidRDefault="000147EE" w:rsidP="000147EE">
+    <w:p w14:paraId="616E3370" w14:textId="77777777" w:rsidR="001558C5" w:rsidRDefault="001558C5" w:rsidP="000147EE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12A44654"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99D616E8"/>
     <w:lvl w:ilvl="0" w:tplc="153CF104">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="450" w:hanging="263"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Microsoft Sans Serif" w:eastAsia="Microsoft Sans Serif" w:hAnsi="Microsoft Sans Serif" w:cs="Microsoft Sans Serif" w:hint="default"/>
         <w:w w:val="94"/>
@@ -19744,79 +19744,82 @@
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1892767581">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DE02CB"/>
     <w:rsid w:val="000147EE"/>
     <w:rsid w:val="000B4980"/>
     <w:rsid w:val="000B55F1"/>
+    <w:rsid w:val="001558C5"/>
     <w:rsid w:val="001A39D1"/>
     <w:rsid w:val="001B1C91"/>
     <w:rsid w:val="00226CB2"/>
     <w:rsid w:val="00244BAC"/>
     <w:rsid w:val="00297B5A"/>
     <w:rsid w:val="002C179F"/>
     <w:rsid w:val="0031584F"/>
+    <w:rsid w:val="00351023"/>
     <w:rsid w:val="004431D8"/>
     <w:rsid w:val="00445530"/>
     <w:rsid w:val="00591317"/>
     <w:rsid w:val="00635BEE"/>
     <w:rsid w:val="006F361E"/>
+    <w:rsid w:val="007F0C53"/>
     <w:rsid w:val="0087397D"/>
     <w:rsid w:val="00874833"/>
     <w:rsid w:val="008829B6"/>
     <w:rsid w:val="0091487A"/>
+    <w:rsid w:val="00982DFC"/>
     <w:rsid w:val="009943C7"/>
     <w:rsid w:val="009B1C50"/>
     <w:rsid w:val="009B545E"/>
     <w:rsid w:val="00A2217F"/>
     <w:rsid w:val="00A54E8E"/>
     <w:rsid w:val="00A80FB0"/>
     <w:rsid w:val="00B333C4"/>
     <w:rsid w:val="00B34997"/>
     <w:rsid w:val="00C2378C"/>
     <w:rsid w:val="00C34658"/>
     <w:rsid w:val="00C64AE8"/>
     <w:rsid w:val="00DB3C5A"/>
     <w:rsid w:val="00DB48BA"/>
     <w:rsid w:val="00DE02CB"/>
     <w:rsid w:val="00E80CCB"/>
     <w:rsid w:val="00EA5944"/>
     <w:rsid w:val="00EF7C2A"/>
     <w:rsid w:val="00F25E8B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -20657,75 +20660,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>968</Words>
-  <Characters>5523</Characters>
+  <Words>947</Words>
+  <Characters>5544</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>12</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>291</Lines>
+  <Paragraphs>113</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Copy of 2024 GMA-GVSA Nomination Form VolunteerNC.pdf</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of NC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6479</CharactersWithSpaces>
+  <CharactersWithSpaces>6378</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Copy of 2024 GMA-GVSA Nomination Form VolunteerNC.pdf</dc:title>
   <dc:creator>Volunteer NC</dc:creator>
   <cp:keywords>DAFwUuYh5Fs,BADuknrSHQM</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-10-20T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Canva</vt:lpwstr>