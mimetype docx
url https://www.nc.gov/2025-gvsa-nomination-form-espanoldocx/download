--- v0 (2025-10-04)
+++ v1 (2026-02-27)
@@ -8,106 +8,106 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4F935691" w14:textId="77777777" w:rsidR="00397792" w:rsidRPr="008233B2" w:rsidRDefault="00397792" w:rsidP="00E97223">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F935692" w14:textId="77777777" w:rsidR="009B4BA4" w:rsidRPr="008233B2" w:rsidRDefault="0039780E" w:rsidP="00E97223">
+    <w:p w14:paraId="4F935692" w14:textId="700E7693" w:rsidR="009B4BA4" w:rsidRPr="008233B2" w:rsidRDefault="00BB048C" w:rsidP="00E97223">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0039780E">
         <w:rPr>
           <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
           <w:b w:val="0"/>
           <w:i/>
           <w:noProof/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:object w:dxaOrig="11999" w:dyaOrig="12096" w14:anchorId="28553105">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="" style="width:50.5pt;height:49pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="" fillcolor="window">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" alt="State seal of NC logo" style="width:50.4pt;height:49.2pt;mso-width-percent:0;mso-height-percent:0;mso-width-percent:0;mso-height-percent:0" o:ole="" fillcolor="window">
             <v:imagedata r:id="rId10" o:title="" grayscale="t" bilevel="t"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1791704487" r:id="rId11"/>
+          <o:OLEObject Type="Embed" ProgID="MS_ClipArt_Gallery" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833100577" r:id="rId11"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="705504B2" w14:textId="0F479188" w:rsidR="00A7337A" w:rsidRPr="008233B2" w:rsidRDefault="00A7337A" w:rsidP="00A7337A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008233B2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>PREMIO AL SERVICIO DE VOLUNTARIADO DEL GOBERNADOR 202</w:t>
       </w:r>
       <w:r w:rsidR="00C66E93">
@@ -8695,51 +8695,50 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10268"/>
       </w:tblGrid>
       <w:tr w:rsidR="00072964" w:rsidRPr="008233B2" w14:paraId="4F93571F" w14:textId="77777777" w:rsidTr="00A671CB">
         <w:trPr>
           <w:trHeight w:val="1763"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10494" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4F935716" w14:textId="77777777" w:rsidR="00072964" w:rsidRPr="008233B2" w:rsidRDefault="00072964" w:rsidP="00072964">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4F935717" w14:textId="22BB46E2" w:rsidR="00325415" w:rsidRPr="008233B2" w:rsidRDefault="008233B2" w:rsidP="00072964">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008233B2">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -11772,73 +11771,73 @@
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000E0A24" w:rsidRPr="008233B2" w:rsidSect="00916648">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="450" w:right="810" w:bottom="360" w:left="1152" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:left w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:bottom w:val="single" w:sz="12" w:space="24" w:color="auto"/>
         <w:right w:val="single" w:sz="12" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D07A4EE" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37">
+    <w:p w14:paraId="18B958FE" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1930817C" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37">
+    <w:p w14:paraId="6E6EF662" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="72465768" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37"/>
+    <w:p w14:paraId="3908BF92" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11875,160 +11874,160 @@
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F935771" w14:textId="77777777" w:rsidR="003802CF" w:rsidRDefault="003802CF" w:rsidP="00046CEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F935772" w14:textId="77777777" w:rsidR="003802CF" w:rsidRDefault="003802CF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F935773" w14:textId="77777777" w:rsidR="003802CF" w:rsidRDefault="003802CF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F935774" w14:textId="77777777" w:rsidR="003802CF" w:rsidRDefault="003802CF" w:rsidP="00477EF9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26C3BA2C" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37">
+    <w:p w14:paraId="1AD7A1D0" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0974ADAA" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37">
+    <w:p w14:paraId="6392E2A9" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4769CCC9" w14:textId="77777777" w:rsidR="00BF0D37" w:rsidRDefault="00BF0D37"/>
+    <w:p w14:paraId="64C06190" w14:textId="77777777" w:rsidR="001D4945" w:rsidRDefault="001D4945"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F935770" w14:textId="77777777" w:rsidR="003802CF" w:rsidRDefault="003802CF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DE96017"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35C4FF2C"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
@@ -15252,51 +15251,51 @@
   <w:num w:numId="26" w16cid:durableId="692462316">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="789475866">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1683049156">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="1453330133">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="505243056">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="911937334">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="265238247">
     <w:abstractNumId w:val="27"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -15337,50 +15336,51 @@
     <w:rsid w:val="000B656D"/>
     <w:rsid w:val="000C1BDE"/>
     <w:rsid w:val="000C6A1A"/>
     <w:rsid w:val="000E0A24"/>
     <w:rsid w:val="000E127C"/>
     <w:rsid w:val="000E36D5"/>
     <w:rsid w:val="000E6633"/>
     <w:rsid w:val="000E73FC"/>
     <w:rsid w:val="0010224F"/>
     <w:rsid w:val="00110947"/>
     <w:rsid w:val="00115409"/>
     <w:rsid w:val="00117517"/>
     <w:rsid w:val="00125AEA"/>
     <w:rsid w:val="001309C3"/>
     <w:rsid w:val="00131957"/>
     <w:rsid w:val="00132643"/>
     <w:rsid w:val="0015471A"/>
     <w:rsid w:val="00155233"/>
     <w:rsid w:val="00165D9B"/>
     <w:rsid w:val="00174F57"/>
     <w:rsid w:val="00175A00"/>
     <w:rsid w:val="00182C4B"/>
     <w:rsid w:val="00185296"/>
     <w:rsid w:val="001D18E9"/>
     <w:rsid w:val="001D2EF1"/>
+    <w:rsid w:val="001D4945"/>
     <w:rsid w:val="001D74F1"/>
     <w:rsid w:val="001E0BC9"/>
     <w:rsid w:val="001E436C"/>
     <w:rsid w:val="001E761B"/>
     <w:rsid w:val="00202FF0"/>
     <w:rsid w:val="00206E4C"/>
     <w:rsid w:val="0024724F"/>
     <w:rsid w:val="0025121F"/>
     <w:rsid w:val="00253EF3"/>
     <w:rsid w:val="00255807"/>
     <w:rsid w:val="00267F52"/>
     <w:rsid w:val="00270B0C"/>
     <w:rsid w:val="00273E2C"/>
     <w:rsid w:val="0027419C"/>
     <w:rsid w:val="00292576"/>
     <w:rsid w:val="00293039"/>
     <w:rsid w:val="00294C62"/>
     <w:rsid w:val="00295B73"/>
     <w:rsid w:val="00297588"/>
     <w:rsid w:val="0029770C"/>
     <w:rsid w:val="002A099E"/>
     <w:rsid w:val="002A61A8"/>
     <w:rsid w:val="002A799B"/>
     <w:rsid w:val="002B0471"/>
     <w:rsid w:val="002B092C"/>
@@ -15682,50 +15682,51 @@
     <w:rsid w:val="00B02955"/>
     <w:rsid w:val="00B04C92"/>
     <w:rsid w:val="00B2254A"/>
     <w:rsid w:val="00B258A4"/>
     <w:rsid w:val="00B26460"/>
     <w:rsid w:val="00B40B43"/>
     <w:rsid w:val="00B45353"/>
     <w:rsid w:val="00B47B81"/>
     <w:rsid w:val="00B55A47"/>
     <w:rsid w:val="00B571B1"/>
     <w:rsid w:val="00B579CC"/>
     <w:rsid w:val="00B66422"/>
     <w:rsid w:val="00B75658"/>
     <w:rsid w:val="00B771CC"/>
     <w:rsid w:val="00B816BB"/>
     <w:rsid w:val="00B81B92"/>
     <w:rsid w:val="00B84AAD"/>
     <w:rsid w:val="00B8556A"/>
     <w:rsid w:val="00B869F1"/>
     <w:rsid w:val="00B86A18"/>
     <w:rsid w:val="00B871CE"/>
     <w:rsid w:val="00B94EBB"/>
     <w:rsid w:val="00BA0D1B"/>
     <w:rsid w:val="00BA4526"/>
     <w:rsid w:val="00BA62F1"/>
+    <w:rsid w:val="00BB048C"/>
     <w:rsid w:val="00BB46BF"/>
     <w:rsid w:val="00BB47DD"/>
     <w:rsid w:val="00BB591D"/>
     <w:rsid w:val="00BB63B7"/>
     <w:rsid w:val="00BC2B5C"/>
     <w:rsid w:val="00BC4954"/>
     <w:rsid w:val="00BD1913"/>
     <w:rsid w:val="00BD2709"/>
     <w:rsid w:val="00BD2B07"/>
     <w:rsid w:val="00BD34A2"/>
     <w:rsid w:val="00BD3AEB"/>
     <w:rsid w:val="00BD5EFA"/>
     <w:rsid w:val="00BD66E4"/>
     <w:rsid w:val="00BE04C5"/>
     <w:rsid w:val="00BE168A"/>
     <w:rsid w:val="00BE471C"/>
     <w:rsid w:val="00BF0D37"/>
     <w:rsid w:val="00BF4F1E"/>
     <w:rsid w:val="00BF6048"/>
     <w:rsid w:val="00C01ED8"/>
     <w:rsid w:val="00C0548D"/>
     <w:rsid w:val="00C16E9F"/>
     <w:rsid w:val="00C21479"/>
     <w:rsid w:val="00C22AA8"/>
     <w:rsid w:val="00C22C05"/>
@@ -15733,50 +15734,51 @@
     <w:rsid w:val="00C33A2A"/>
     <w:rsid w:val="00C55177"/>
     <w:rsid w:val="00C62B59"/>
     <w:rsid w:val="00C66E93"/>
     <w:rsid w:val="00C73C6C"/>
     <w:rsid w:val="00C900BB"/>
     <w:rsid w:val="00C90430"/>
     <w:rsid w:val="00C91409"/>
     <w:rsid w:val="00CA1A83"/>
     <w:rsid w:val="00CB447E"/>
     <w:rsid w:val="00CC0F49"/>
     <w:rsid w:val="00CC58FA"/>
     <w:rsid w:val="00CD3619"/>
     <w:rsid w:val="00CD5B3E"/>
     <w:rsid w:val="00CD6793"/>
     <w:rsid w:val="00CD7A64"/>
     <w:rsid w:val="00CD7DE4"/>
     <w:rsid w:val="00CE7417"/>
     <w:rsid w:val="00CF6F05"/>
     <w:rsid w:val="00D05E3C"/>
     <w:rsid w:val="00D05FED"/>
     <w:rsid w:val="00D12324"/>
     <w:rsid w:val="00D129EB"/>
     <w:rsid w:val="00D21804"/>
     <w:rsid w:val="00D256CA"/>
+    <w:rsid w:val="00D25DBC"/>
     <w:rsid w:val="00D3064B"/>
     <w:rsid w:val="00D359C6"/>
     <w:rsid w:val="00D362E9"/>
     <w:rsid w:val="00D47D53"/>
     <w:rsid w:val="00D55E40"/>
     <w:rsid w:val="00D565BF"/>
     <w:rsid w:val="00D604AB"/>
     <w:rsid w:val="00D634E4"/>
     <w:rsid w:val="00D64AA3"/>
     <w:rsid w:val="00D71A9C"/>
     <w:rsid w:val="00D73000"/>
     <w:rsid w:val="00D80A11"/>
     <w:rsid w:val="00D82F4C"/>
     <w:rsid w:val="00D84A47"/>
     <w:rsid w:val="00D86B1F"/>
     <w:rsid w:val="00D87020"/>
     <w:rsid w:val="00D9067F"/>
     <w:rsid w:val="00D94908"/>
     <w:rsid w:val="00D96D1B"/>
     <w:rsid w:val="00DA038F"/>
     <w:rsid w:val="00DA18B1"/>
     <w:rsid w:val="00DB6311"/>
     <w:rsid w:val="00DB7F21"/>
     <w:rsid w:val="00DC0C8C"/>
     <w:rsid w:val="00DD280E"/>
@@ -15863,65 +15865,65 @@
     <w:rsid w:val="00FC2B55"/>
     <w:rsid w:val="00FC39A5"/>
     <w:rsid w:val="00FC7C81"/>
     <w:rsid w:val="00FD210C"/>
     <w:rsid w:val="00FD2BCD"/>
     <w:rsid w:val="00FE06E5"/>
     <w:rsid w:val="00FF0973"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4F935691"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{70E22A54-3936-499C-8DBA-D808A578757A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -16589,51 +16591,51 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:rsid w:val="006E5D7B"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="jlqj4b">
     <w:name w:val="jlqj4b"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="00A7337A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1340616730">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1376546208">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16947,50 +16949,59 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DC75AE8FDE09174FB3E2453D55691F37" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="00b38da900389fb2828194b134a599ae">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="bad58b7f-885c-49dc-8eaf-4e623d0f5f9c" xmlns:ns3="ce8eb88b-9130-4304-ae1f-2c81697ea034" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d8bf39f002e400a79e44b4bb083db636" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="bad58b7f-885c-49dc-8eaf-4e623d0f5f9c"/>
     <xsd:import namespace="ce8eb88b-9130-4304-ae1f-2c81697ea034"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -17166,129 +17177,120 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F9248B18-B126-4B84-A747-DDC75F03CAB1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11141587-D94B-4784-B809-FAF38DE4F652}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="bad58b7f-885c-49dc-8eaf-4e623d0f5f9c"/>
     <ds:schemaRef ds:uri="ce8eb88b-9130-4304-ae1f-2c81697ea034"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF8C2B3E-2E85-4792-9856-B9DCE3087E72}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>1482</Words>
-  <Characters>10351</Characters>
+  <Characters>9584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>23</Paragraphs>
+  <Lines>309</Lines>
+  <Paragraphs>112</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Timeline for County Coordinators</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>CRIME CONTROL &amp; PUBLIC SAFETY</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11810</CharactersWithSpaces>
+  <CharactersWithSpaces>11240</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>5046379</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:volunteernc@nc.gov</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>